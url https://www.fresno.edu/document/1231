--- v0 (2025-10-15)
+++ v1 (2026-02-18)
@@ -3,2257 +3,1789 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2E840CDA" w14:textId="68820C17" w:rsidR="0049730E" w:rsidRPr="00F64682" w:rsidRDefault="00155217" w:rsidP="00477AEF">
+    <w:p w14:paraId="64ED2138" w14:textId="68A8A6EA" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="6CC3FCB0">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F64682">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="6CC3FCB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Name</w:t>
+        <w:t>First and Last Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AEDC0F8" w14:textId="7C33F1B6" w:rsidR="00B37636" w:rsidRPr="00E572C5" w:rsidRDefault="003E218D" w:rsidP="00477AEF">
+    <w:p w14:paraId="1D53B4AD" w14:textId="6712B309" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="6CC3FCB0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>(xxx) xxx-xxxx |</w:t>
+      </w:r>
+      <w:r w:rsidR="75C0EC73" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Professional Email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="3F6D9788" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shortened </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>LinkedIn URL | City, ST</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E41BDC" w14:textId="26E30577" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="6CC3FCB0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6CC3FCB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124EA426" w14:textId="422CAF2C" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="6CC3FCB0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6CC3FCB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Title of Job Seeking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9BB675" w14:textId="1FBA5391" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77AA423A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01342A8A" w14:textId="609A2E3F" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Personality characteristics relevant to job] [major name] major at Fresno Pacific University graduating [when] with [type of experience]. Able to [what you can do relevant to job]. [Bilingual in Spanish &amp; English—read, write, speak if true]. [Proficient in Microsoft Suite / specific computer skills if applicable]. A true passion for [your passion relevant to job]. [See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="50C08EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:noProof/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Resume Profile</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for assistance].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B27CCF" w14:textId="508C5C38" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="none" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="none" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="none" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="none" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="none" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="3600"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="50C08EDF" w14:paraId="23010BA1" w14:textId="77777777" w:rsidTr="50C08EDF">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BED25FE" w14:textId="13D87036" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122C44A6" w14:textId="5BC0A90C" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F4664F4" w14:textId="5F2D3CFD" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D02917D" w14:textId="7187F76A" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48E595F7" w14:textId="73B19445" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0389E6CF" w14:textId="6D52D2F2" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="388CE0D2" w14:textId="76A957D0" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C22723F" w14:textId="5BBBD19C" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D394F24" w14:textId="3E96FCA3" w:rsidR="363F7AA4" w:rsidRDefault="363F7AA4" w:rsidP="50C08EDF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50C08EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Skill relevant to job/industry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1397ABCD" w14:textId="637AA478" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06C6486F" w14:textId="63229326" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77AA423A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Education &amp; Certifications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71482126" w14:textId="7624B7BA" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77AA423A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Official Major Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4629E361" w14:textId="6C6C813E" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77AA423A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Fresno Pacific University, City, CA | Expected Graduation Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5780B990" w14:textId="5BCF17A9" w:rsidR="59F067B0" w:rsidRPr="00CD3067" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD3067">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>If applicable: minor, emphasis, GPA (3.5+), athletic experience, relevant coursework, study away, honors &amp; awards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E808241" w14:textId="12B99482" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E33B6A2" w14:textId="557844A3" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RELEVANT EXPERIENCE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="50C08EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:noProof/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:t>Resume Guide</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for assistance]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BE7948" w14:textId="61177778" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Position Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143522E9" w14:textId="28C6ACC3" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company Name, City, State | </w:t>
+      </w:r>
+      <w:r w:rsidR="251F3DA5" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Month &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Year – </w:t>
+      </w:r>
+      <w:r w:rsidR="1B979525" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Month &amp; Year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717BB24D" w14:textId="40735F32" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-4 lines of job description in paragraph format relevant to job [See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="50C08EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:noProof/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:t>Resume Content</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for assistance]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14EB3C8D" w14:textId="13997981" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: Did you improve any processes / increase efficiency / save money?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BCB4B23" w14:textId="1A004CAB" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A2667E" w14:textId="132D1CFA" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01254AB9" w14:textId="58028F54" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Position Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EA5A1C" w14:textId="6BFAC90A" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company Name, City, State | </w:t>
+      </w:r>
+      <w:r w:rsidR="5FA66E6A" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Month &amp; Year – Month &amp; Year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303D9CF5" w14:textId="2F72D991" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-4 lines of job description in paragraph format relevant to job [See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="50C08EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:noProof/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:t>Resume Content</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for assistance]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B39876E" w14:textId="126248D2" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F1FB70" w14:textId="3E3DA444" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A89C0E" w14:textId="7F4939D1" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30DC8B26" w14:textId="2A9D7C76" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Other Professional Experience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F926B21" w14:textId="085A05DB" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Position Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22401F0F" w14:textId="36617B4A" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company Name, City, State | </w:t>
+      </w:r>
+      <w:r w:rsidR="41F2B478" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Month &amp; Year – Month &amp; Year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7665427A" w14:textId="32B1805A" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>2-4 lines of job description in paragraph format relevant to job</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C638E54" w14:textId="084FFB06" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4802B05C" w14:textId="39A65874" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687DB61C" w14:textId="205BED87" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BFA736" w14:textId="2274EBB4" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Position Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF0B4F2" w14:textId="47A86331" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company Name, City, State | </w:t>
+      </w:r>
+      <w:r w:rsidR="2DCB0C97" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Month &amp; Year – Month &amp; Year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B95140" w14:textId="11C52D11" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>2-4 lines of job description in paragraph format relevant to job</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9F835F" w14:textId="433EBF61" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFC9907" w14:textId="02ED14C7" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535093F9" w14:textId="5ADEA63F" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675FFA7F" w14:textId="4783043E" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Volunteerism </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37643929" w14:textId="069FC5AC" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Volunteer Position Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133C3E5C" w14:textId="4BEDED2F" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company Name, City, State | </w:t>
+      </w:r>
+      <w:r w:rsidR="4274E0E2" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Month &amp; Year – Month &amp; Year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EE957D" w14:textId="5D4E5C64" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>2-4 lines of job description in paragraph format relevant to job</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D69982" w14:textId="04E24C62" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B5270A" w14:textId="020D6670" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bulleted Accomplishments: See abo</w:t>
+      </w:r>
+      <w:r w:rsidR="5003CF58" w:rsidRPr="50C08EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17260DC8" w14:textId="1ACD5CF5" w:rsidR="00850227" w:rsidRDefault="00850227" w:rsidP="1522C426">
       <w:pPr>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53BC38B4" w14:textId="3AE071D9" w:rsidR="00850227" w:rsidRDefault="00850227" w:rsidP="1522C426">
+      <w:pPr>
+        <w:pStyle w:val="Overviewbullets"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...80 lines deleted...]
-      </w:r>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00850227" w:rsidSect="001B7429">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E109F4B" w14:textId="77777777" w:rsidR="001F2D0A" w:rsidRPr="00F64682" w:rsidRDefault="001F2D0A" w:rsidP="00477AEF">
-[...55 lines deleted...]
-    <w:p w14:paraId="62E11004" w14:textId="0DC00DB5" w:rsidR="00446C06" w:rsidRPr="00E572C5" w:rsidRDefault="00687CBB" w:rsidP="0089669A">
+    <w:p w14:paraId="7BC871A1" w14:textId="4CA6C223" w:rsidR="00850227" w:rsidRPr="004D726F" w:rsidRDefault="00850227" w:rsidP="1522C426">
       <w:pPr>
         <w:pStyle w:val="Overviewbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="21"/>
-[...356 lines deleted...]
-          <w:b/>
           <w:caps/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D726F">
-[...336 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="76D83E1C" w14:textId="77777777" w:rsidR="00850227" w:rsidRDefault="00850227" w:rsidP="00850227">
       <w:pPr>
         <w:pStyle w:val="Overviewbullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:sectPr w:rsidR="00850227" w:rsidSect="00850227">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="3" w:space="270"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3888D5F3" w14:textId="77777777" w:rsidR="001F2D0A" w:rsidRPr="00E572C5" w:rsidRDefault="001F2D0A" w:rsidP="0089669A">
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w14:paraId="3978E4B9" w14:textId="77777777" w:rsidR="005C5E86" w:rsidRPr="00E572C5" w:rsidRDefault="005C5E86" w:rsidP="001B7429">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk523211850"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="3A1F2230" w14:textId="694A284E" w:rsidR="00285A9E" w:rsidRPr="004D726F" w:rsidRDefault="00B37636" w:rsidP="001B7429">
-[...23 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w14:paraId="6F8FB5D7" w14:textId="6465A567" w:rsidR="00B30936" w:rsidRPr="00420D32" w:rsidRDefault="00B30936" w:rsidP="00420D32">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...148 lines deleted...]
-      <w:r w:rsidR="003B05F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="en"/>
-[...44 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5113CDD4" w14:textId="765483BB" w:rsidR="00B37636" w:rsidRPr="00E572C5" w:rsidRDefault="00CE2C22" w:rsidP="0089669A">
-[...978 lines deleted...]
-    <w:sectPr w:rsidR="00B30936" w:rsidRPr="005C5E86" w:rsidSect="00850227">
+    <w:sectPr w:rsidR="00B30936" w:rsidRPr="00420D32" w:rsidSect="00850227">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02E118C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9427192"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2339,51 +1871,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04BA147E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="630EA67E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -2437,50 +1969,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06E45E3E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6FE942C"/>
+    <w:lvl w:ilvl="0" w:tplc="EAB8281C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14BA96F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CA3ABE5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BB621EE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7E8A1858">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="57B2CB84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="03D0A224">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C8D046D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B96E1FBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DF365DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98AA4B30"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2549,51 +2194,390 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EE5AFBC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="692429CE"/>
+    <w:lvl w:ilvl="0" w:tplc="35C8911E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D42AF242">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="85FEF0DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C78D1D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6AF81CD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C52CCFF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3370C7CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C1EC23C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="96A6F9EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3417B66C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92181F5E"/>
+    <w:lvl w:ilvl="0" w:tplc="B9163848">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7528215A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F19C8C04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="13C247A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5AD64486">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="21787524">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4AE486FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="493295FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="12AA779C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A79B7BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="48CE8E04"/>
+    <w:lvl w:ilvl="0" w:tplc="93D600B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="13BA063C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A8844646">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="71182384">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D8A0F34C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3E1ADEC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="49BAB884">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3FDAF884">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="804440A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F167558"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EAC3364"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2662,51 +2646,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4322418A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04466562"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2775,51 +2759,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DEF071A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FA22144"/>
     <w:lvl w:ilvl="0" w:tplc="8D8A6C3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Overviewbullets"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2917,51 +2901,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63A03B51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97924D42"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3030,51 +3014,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63BD2686"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37984082"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3143,51 +3127,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6666A665"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4922F234"/>
+    <w:lvl w:ilvl="0" w:tplc="393E6C16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="23468B02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="596E2806">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D6FAB77E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E2046480">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="199CEA78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="81D66766">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="33DCFDF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A2EB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69C87F83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A90D30C"/>
+    <w:lvl w:ilvl="0" w:tplc="FA8455BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="925A0FBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="28E657A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1D968634">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EB000A50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DD4C51BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B10806AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6382F94E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F034B364">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ED0795D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53404532"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3256,51 +3466,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7315BAC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="112C1E14"/>
+    <w:lvl w:ilvl="0" w:tplc="4D589908">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="36EC78AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6FA483D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2A80E9EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="79FC4E34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A4BAF3BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DCAA10C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BBBCA7B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C62C258A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="766D7B05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FE6EC88"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3369,255 +3692,468 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1128276534">
+  <w:num w:numId="1" w16cid:durableId="274560179">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1421370311">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1420709521">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="796992369">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1230312581">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2012948505">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1725250604">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1128276534">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2014139333">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="350032418">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="902983960">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="367992649">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1863474515">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1504316692">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2014139333">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="15" w16cid:durableId="909198130">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="350032418">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="902983960">
+  <w:num w:numId="16" w16cid:durableId="1937521372">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="367992649">
-[...8 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="909198130">
+  <w:num w:numId="17" w16cid:durableId="753863213">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="248"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B37636"/>
     <w:rsid w:val="00000B31"/>
+    <w:rsid w:val="00001D64"/>
+    <w:rsid w:val="0000431C"/>
+    <w:rsid w:val="00005D94"/>
     <w:rsid w:val="00013F7E"/>
     <w:rsid w:val="00015801"/>
+    <w:rsid w:val="00070B6A"/>
     <w:rsid w:val="00080DC0"/>
+    <w:rsid w:val="00091B39"/>
     <w:rsid w:val="000921ED"/>
     <w:rsid w:val="00097290"/>
     <w:rsid w:val="000B31B8"/>
+    <w:rsid w:val="000F2D32"/>
+    <w:rsid w:val="000F53CE"/>
     <w:rsid w:val="00102A0E"/>
+    <w:rsid w:val="00111707"/>
     <w:rsid w:val="001350C5"/>
     <w:rsid w:val="001429D6"/>
     <w:rsid w:val="00153F93"/>
     <w:rsid w:val="00155217"/>
+    <w:rsid w:val="00173A54"/>
+    <w:rsid w:val="001777B2"/>
     <w:rsid w:val="0018737D"/>
     <w:rsid w:val="001B7429"/>
+    <w:rsid w:val="001C7798"/>
+    <w:rsid w:val="001D0496"/>
     <w:rsid w:val="001D25D8"/>
     <w:rsid w:val="001F2D0A"/>
     <w:rsid w:val="0023110D"/>
+    <w:rsid w:val="002429E4"/>
+    <w:rsid w:val="00244803"/>
+    <w:rsid w:val="00247B2C"/>
     <w:rsid w:val="002543EC"/>
     <w:rsid w:val="00255F3B"/>
+    <w:rsid w:val="00256DFB"/>
     <w:rsid w:val="00260BAD"/>
+    <w:rsid w:val="00270048"/>
     <w:rsid w:val="002731E1"/>
     <w:rsid w:val="00285A9E"/>
+    <w:rsid w:val="002921E5"/>
     <w:rsid w:val="00292A14"/>
+    <w:rsid w:val="00294AD6"/>
     <w:rsid w:val="002970E5"/>
     <w:rsid w:val="002A5934"/>
     <w:rsid w:val="002E2933"/>
     <w:rsid w:val="00303049"/>
+    <w:rsid w:val="003259DF"/>
+    <w:rsid w:val="00350A78"/>
+    <w:rsid w:val="00366D3B"/>
     <w:rsid w:val="00373BE4"/>
+    <w:rsid w:val="00374B49"/>
+    <w:rsid w:val="00384DF1"/>
+    <w:rsid w:val="003A7116"/>
     <w:rsid w:val="003B05F6"/>
     <w:rsid w:val="003E1A69"/>
     <w:rsid w:val="003E218D"/>
+    <w:rsid w:val="00400590"/>
+    <w:rsid w:val="00403286"/>
     <w:rsid w:val="00410CE5"/>
+    <w:rsid w:val="00417A9F"/>
+    <w:rsid w:val="00420D32"/>
+    <w:rsid w:val="00426CE3"/>
+    <w:rsid w:val="0042B38C"/>
     <w:rsid w:val="004333D6"/>
     <w:rsid w:val="00446C06"/>
+    <w:rsid w:val="004672D4"/>
     <w:rsid w:val="00472B7B"/>
     <w:rsid w:val="00474D1D"/>
     <w:rsid w:val="00477AEF"/>
     <w:rsid w:val="0049730E"/>
+    <w:rsid w:val="004A6452"/>
     <w:rsid w:val="004B5381"/>
     <w:rsid w:val="004B69B9"/>
+    <w:rsid w:val="004C4551"/>
+    <w:rsid w:val="004C48D2"/>
     <w:rsid w:val="004D726F"/>
     <w:rsid w:val="004E4288"/>
     <w:rsid w:val="00556529"/>
     <w:rsid w:val="00560B26"/>
+    <w:rsid w:val="00566C83"/>
     <w:rsid w:val="005700D2"/>
+    <w:rsid w:val="00574414"/>
     <w:rsid w:val="0058209A"/>
+    <w:rsid w:val="0058368D"/>
+    <w:rsid w:val="00593C8C"/>
+    <w:rsid w:val="00595C07"/>
+    <w:rsid w:val="005B2475"/>
     <w:rsid w:val="005B40B9"/>
     <w:rsid w:val="005B6684"/>
     <w:rsid w:val="005C1A73"/>
     <w:rsid w:val="005C5E86"/>
     <w:rsid w:val="005E2749"/>
     <w:rsid w:val="005E555F"/>
     <w:rsid w:val="0060233F"/>
     <w:rsid w:val="00606A73"/>
+    <w:rsid w:val="00651FDD"/>
+    <w:rsid w:val="0066008B"/>
     <w:rsid w:val="006857B6"/>
     <w:rsid w:val="00687CBB"/>
     <w:rsid w:val="006A17A4"/>
+    <w:rsid w:val="006C2E04"/>
     <w:rsid w:val="006C380A"/>
+    <w:rsid w:val="006D293C"/>
     <w:rsid w:val="007031A6"/>
+    <w:rsid w:val="00724BAB"/>
     <w:rsid w:val="00743761"/>
+    <w:rsid w:val="00765D4B"/>
     <w:rsid w:val="007A357C"/>
     <w:rsid w:val="007A6DD2"/>
     <w:rsid w:val="007C487A"/>
     <w:rsid w:val="007D377C"/>
     <w:rsid w:val="007E0BE6"/>
+    <w:rsid w:val="007E1B05"/>
     <w:rsid w:val="007F6BBF"/>
+    <w:rsid w:val="00814AA0"/>
     <w:rsid w:val="008164C2"/>
     <w:rsid w:val="00844D8D"/>
     <w:rsid w:val="00850227"/>
     <w:rsid w:val="0085186F"/>
+    <w:rsid w:val="008521DE"/>
     <w:rsid w:val="00852A23"/>
+    <w:rsid w:val="00856043"/>
+    <w:rsid w:val="00863340"/>
     <w:rsid w:val="00880C27"/>
+    <w:rsid w:val="00895FDB"/>
     <w:rsid w:val="0089669A"/>
+    <w:rsid w:val="00896BD9"/>
     <w:rsid w:val="008A2AAC"/>
     <w:rsid w:val="008A5E86"/>
+    <w:rsid w:val="008C6364"/>
     <w:rsid w:val="008F526A"/>
+    <w:rsid w:val="00910AE4"/>
+    <w:rsid w:val="00922D09"/>
     <w:rsid w:val="00930428"/>
     <w:rsid w:val="00951A19"/>
+    <w:rsid w:val="0096094E"/>
+    <w:rsid w:val="00963578"/>
     <w:rsid w:val="009A13F6"/>
+    <w:rsid w:val="009A4C62"/>
     <w:rsid w:val="009B451D"/>
     <w:rsid w:val="009B62E7"/>
     <w:rsid w:val="009C6E2B"/>
+    <w:rsid w:val="009D6E85"/>
+    <w:rsid w:val="009E0CEF"/>
     <w:rsid w:val="009E413D"/>
     <w:rsid w:val="009F2536"/>
     <w:rsid w:val="00A029F0"/>
     <w:rsid w:val="00A05F87"/>
     <w:rsid w:val="00A255DE"/>
     <w:rsid w:val="00A35F74"/>
     <w:rsid w:val="00A55ADA"/>
     <w:rsid w:val="00A67B43"/>
+    <w:rsid w:val="00A77A71"/>
+    <w:rsid w:val="00A81805"/>
     <w:rsid w:val="00A8380D"/>
     <w:rsid w:val="00AA1594"/>
+    <w:rsid w:val="00AD421D"/>
     <w:rsid w:val="00AE6D84"/>
     <w:rsid w:val="00AF4A38"/>
+    <w:rsid w:val="00B07F33"/>
     <w:rsid w:val="00B30936"/>
     <w:rsid w:val="00B37636"/>
+    <w:rsid w:val="00B60AF9"/>
     <w:rsid w:val="00B75E0C"/>
     <w:rsid w:val="00B80B65"/>
+    <w:rsid w:val="00B85975"/>
     <w:rsid w:val="00B92C97"/>
+    <w:rsid w:val="00B97487"/>
+    <w:rsid w:val="00BE6C9D"/>
     <w:rsid w:val="00C04BB6"/>
     <w:rsid w:val="00C20A95"/>
+    <w:rsid w:val="00C3290F"/>
+    <w:rsid w:val="00C46F0C"/>
     <w:rsid w:val="00C67894"/>
     <w:rsid w:val="00C84516"/>
+    <w:rsid w:val="00CD3067"/>
     <w:rsid w:val="00CE2C22"/>
+    <w:rsid w:val="00CF07E8"/>
     <w:rsid w:val="00D20F2D"/>
+    <w:rsid w:val="00D443E6"/>
+    <w:rsid w:val="00D60BF2"/>
     <w:rsid w:val="00D72D17"/>
     <w:rsid w:val="00D76BA5"/>
     <w:rsid w:val="00D84354"/>
     <w:rsid w:val="00DA3371"/>
     <w:rsid w:val="00DC20AF"/>
     <w:rsid w:val="00E03205"/>
     <w:rsid w:val="00E104F9"/>
     <w:rsid w:val="00E1248D"/>
     <w:rsid w:val="00E15541"/>
+    <w:rsid w:val="00E23A25"/>
+    <w:rsid w:val="00E466B3"/>
     <w:rsid w:val="00E53A8E"/>
     <w:rsid w:val="00E572C5"/>
+    <w:rsid w:val="00E62D6C"/>
     <w:rsid w:val="00E744F5"/>
+    <w:rsid w:val="00EA2B05"/>
+    <w:rsid w:val="00EA36FE"/>
     <w:rsid w:val="00ED1392"/>
+    <w:rsid w:val="00EE3F54"/>
+    <w:rsid w:val="00EF30FE"/>
+    <w:rsid w:val="00F20C56"/>
     <w:rsid w:val="00F213AC"/>
     <w:rsid w:val="00F466A4"/>
     <w:rsid w:val="00F64682"/>
+    <w:rsid w:val="00F73FFA"/>
+    <w:rsid w:val="00F76D85"/>
     <w:rsid w:val="00F838F9"/>
+    <w:rsid w:val="00F87F4D"/>
     <w:rsid w:val="00F94EF2"/>
     <w:rsid w:val="00F9534E"/>
+    <w:rsid w:val="00FC3911"/>
+    <w:rsid w:val="00FE6511"/>
+    <w:rsid w:val="0128B9C3"/>
+    <w:rsid w:val="01389B25"/>
+    <w:rsid w:val="01E29F65"/>
+    <w:rsid w:val="028771D8"/>
+    <w:rsid w:val="04B355D2"/>
+    <w:rsid w:val="085D30AB"/>
+    <w:rsid w:val="09DFEDDD"/>
+    <w:rsid w:val="0A9498F1"/>
+    <w:rsid w:val="0D55DB02"/>
+    <w:rsid w:val="0FDEEAA1"/>
+    <w:rsid w:val="104BCDB9"/>
+    <w:rsid w:val="111C5C76"/>
+    <w:rsid w:val="1318F716"/>
+    <w:rsid w:val="147E34EE"/>
+    <w:rsid w:val="1522C426"/>
+    <w:rsid w:val="1649CDAD"/>
+    <w:rsid w:val="199EEAFE"/>
+    <w:rsid w:val="1A9A6B39"/>
+    <w:rsid w:val="1B569D97"/>
+    <w:rsid w:val="1B979525"/>
+    <w:rsid w:val="1E160780"/>
+    <w:rsid w:val="2162CC0F"/>
+    <w:rsid w:val="2245F9C1"/>
+    <w:rsid w:val="22F0FD03"/>
+    <w:rsid w:val="2457A332"/>
+    <w:rsid w:val="251F3DA5"/>
+    <w:rsid w:val="2604E452"/>
+    <w:rsid w:val="27FC0B7D"/>
+    <w:rsid w:val="280315D1"/>
+    <w:rsid w:val="29EC1635"/>
+    <w:rsid w:val="2BF5D216"/>
+    <w:rsid w:val="2D725815"/>
+    <w:rsid w:val="2DCB0C97"/>
+    <w:rsid w:val="30C4D645"/>
+    <w:rsid w:val="3126A430"/>
+    <w:rsid w:val="32C7D9EF"/>
+    <w:rsid w:val="35ADFA90"/>
+    <w:rsid w:val="363F7AA4"/>
+    <w:rsid w:val="3895AFA1"/>
+    <w:rsid w:val="396125FE"/>
+    <w:rsid w:val="3BA0286D"/>
+    <w:rsid w:val="3CBDBD93"/>
+    <w:rsid w:val="3D5A08F1"/>
+    <w:rsid w:val="3EEC1D5D"/>
+    <w:rsid w:val="3F6D9788"/>
+    <w:rsid w:val="41F2B478"/>
+    <w:rsid w:val="4274E0E2"/>
+    <w:rsid w:val="42DB16B2"/>
+    <w:rsid w:val="441CA29D"/>
+    <w:rsid w:val="45D27D1A"/>
+    <w:rsid w:val="48C290E6"/>
+    <w:rsid w:val="49BA0A3B"/>
+    <w:rsid w:val="4C318DCF"/>
+    <w:rsid w:val="4CB6E1F9"/>
+    <w:rsid w:val="4CFB9276"/>
+    <w:rsid w:val="5003CF58"/>
+    <w:rsid w:val="50C08EDF"/>
+    <w:rsid w:val="51A7C2D7"/>
+    <w:rsid w:val="52044B31"/>
+    <w:rsid w:val="531AC8C8"/>
+    <w:rsid w:val="53922666"/>
+    <w:rsid w:val="54E8A18E"/>
+    <w:rsid w:val="5592E627"/>
+    <w:rsid w:val="5862FEF5"/>
+    <w:rsid w:val="58769ADA"/>
+    <w:rsid w:val="58E2619A"/>
+    <w:rsid w:val="5943858A"/>
+    <w:rsid w:val="59F067B0"/>
+    <w:rsid w:val="5A0E37D2"/>
+    <w:rsid w:val="5AD91C9F"/>
+    <w:rsid w:val="5B3CB88A"/>
+    <w:rsid w:val="5B5F82B4"/>
+    <w:rsid w:val="5CAA23AC"/>
+    <w:rsid w:val="5FA66E6A"/>
+    <w:rsid w:val="60B20515"/>
+    <w:rsid w:val="61E7B91A"/>
+    <w:rsid w:val="63B95087"/>
+    <w:rsid w:val="67033041"/>
+    <w:rsid w:val="67467296"/>
+    <w:rsid w:val="68914C06"/>
+    <w:rsid w:val="69B75EDD"/>
+    <w:rsid w:val="6AF06E65"/>
+    <w:rsid w:val="6BA78A51"/>
+    <w:rsid w:val="6BCE240C"/>
+    <w:rsid w:val="6C017B39"/>
+    <w:rsid w:val="6CC3FCB0"/>
+    <w:rsid w:val="6DB218DB"/>
+    <w:rsid w:val="6FDD721F"/>
+    <w:rsid w:val="70843A41"/>
+    <w:rsid w:val="712BC913"/>
+    <w:rsid w:val="731DA417"/>
+    <w:rsid w:val="7414B037"/>
+    <w:rsid w:val="74AFF9D6"/>
+    <w:rsid w:val="74C2AC96"/>
+    <w:rsid w:val="752AA06D"/>
+    <w:rsid w:val="753DD049"/>
+    <w:rsid w:val="75C0EC73"/>
+    <w:rsid w:val="77AA423A"/>
+    <w:rsid w:val="78FF6966"/>
+    <w:rsid w:val="798688C6"/>
+    <w:rsid w:val="7A360F95"/>
+    <w:rsid w:val="7BB1B6CC"/>
+    <w:rsid w:val="7C7B382F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F59C2D3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{42F60F27-AECE-4799-BF04-82F703A88E40}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4050,51 +4586,51 @@
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000B31B8"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Overviewbullets">
     <w:name w:val="Overview bullets"/>
     <w:basedOn w:val="PlainText"/>
     <w:rsid w:val="00446C06"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="14"/>
       </w:numPr>
       <w:spacing w:before="180" w:after="180"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
       <w:bCs/>
       <w:noProof/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00446C06"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
@@ -4119,51 +4655,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003E218D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E572C5"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2046984141">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1561818584">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4568,166 +5104,203 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="a2804e9b-b92b-473e-971d-f706a242fd37"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000289F85E7240CC449C570BF018C433C2" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c86ee092745c276b953c8f202bfb43ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb" xmlns:ns3="7295e6a8-4477-400a-b60b-f9df38b94616" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dbb73a3b27f3820eab06d3786eb4f3ee" ns2:_="" ns3:_="">
+    <xsd:import namespace="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb"/>
+    <xsd:import namespace="7295e6a8-4477-400a-b60b-f9df38b94616"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b2a09dce-5714-4eaf-a94b-3736c1d171ff" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="MediaServiceOCR" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="MediaServiceLocation" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_Flow_SignoffStatus" ma:index="16" nillable="true" ma:displayName="Sign-off status" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status_x003b_">
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="05e4c58b-4b3f-46cb-963c-e770903e2997" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a2804e9b-b92b-473e-971d-f706a242fd37" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7295e6a8-4477-400a-b60b-f9df38b94616" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a0543406-6ccb-4741-b00d-b6fc0664f44b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7295e6a8-4477-400a-b60b-f9df38b94616">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -4785,140 +5358,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <_Flow_SignoffStatus xmlns="b2a09dce-5714-4eaf-a94b-3736c1d171ff" xsi:nil="true"/>
+    <TaxCatchAll xmlns="7295e6a8-4477-400a-b60b-f9df38b94616" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5A34AF5-989C-472D-A6A4-C50745DF0488}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92926AE1-ABF1-49E9-ADAC-60660E95F523}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01ED0C71-0F72-49AE-A727-C2426C1F83E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="b2a09dce-5714-4eaf-a94b-3736c1d171ff"/>
-    <ds:schemaRef ds:uri="a2804e9b-b92b-473e-971d-f706a242fd37"/>
+    <ds:schemaRef ds:uri="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb"/>
+    <ds:schemaRef ds:uri="7295e6a8-4477-400a-b60b-f9df38b94616"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E790F27-ECA7-4E8A-9829-3E9CA7EB7117}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5A34AF5-989C-472D-A6A4-C50745DF0488}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="b2a09dce-5714-4eaf-a94b-3736c1d171ff"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E3A8864-7C8E-4EF1-902D-52BCFD4C6E97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E790F27-ECA7-4E8A-9829-3E9CA7EB7117}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7295e6a8-4477-400a-b60b-f9df38b94616"/>
+    <ds:schemaRef ds:uri="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>365</Words>
-  <Characters>2085</Characters>
+  <Words>380</Words>
+  <Characters>2157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2446</CharactersWithSpaces>
+  <CharactersWithSpaces>2480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Denise Ingledue-Lopez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101001E1BCF85043AA349AD879A29177F3FAC</vt:lpwstr>
+    <vt:lpwstr>0x0101000289F85E7240CC449C570BF018C433C2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>