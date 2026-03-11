--- v1 (2026-02-18)
+++ v2 (2026-03-11)
@@ -204,318 +204,186 @@
       </w:hyperlink>
       <w:r w:rsidRPr="50C08EDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> for assistance].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46B27CCF" w14:textId="508C5C38" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...266 lines deleted...]
-    <w:p w14:paraId="1397ABCD" w14:textId="637AA478" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
+    <w:p w14:paraId="1397ABCD" w14:textId="4E18D1AC" w:rsidR="59F067B0" w:rsidRDefault="0074394F" w:rsidP="50C08EDF">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074394F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>SKILLS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552A51A0" w14:textId="2671A96D" w:rsidR="002D123A" w:rsidRPr="00E469B4" w:rsidRDefault="00E469B4" w:rsidP="00E469B4">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relevant skill to job/industry </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidR="002478E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Relevant skill to job/industry </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidR="002478E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Relevant skill to job/industry </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Relevant skill to job/industry | Relevant skill to job/industry </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Relevant skill to job/industry </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Relevant skill to job/industry</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4499929F" w14:textId="77777777" w:rsidR="0074394F" w:rsidRDefault="0074394F" w:rsidP="50C08EDF">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06C6486F" w14:textId="63229326" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="77AA423A">
         <w:rPr>
@@ -556,66 +424,66 @@
     </w:p>
     <w:p w14:paraId="4629E361" w14:textId="6C6C813E" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="77AA423A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Fresno Pacific University, City, CA | Expected Graduation Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5780B990" w14:textId="5BCF17A9" w:rsidR="59F067B0" w:rsidRPr="00CD3067" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
+    <w:p w14:paraId="5780B990" w14:textId="5BCF17A9" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="77AA423A">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
-[...8 lines deleted...]
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77AA423A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>If applicable: minor, emphasis, GPA (3.5+), athletic experience, relevant coursework, study away, honors &amp; awards</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E808241" w14:textId="12B99482" w:rsidR="59F067B0" w:rsidRDefault="59F067B0" w:rsidP="50C08EDF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="50C08EDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1677,81 +1545,81 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B30936" w:rsidRPr="00420D32" w:rsidSect="00850227">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
@@ -1971,148 +1839,148 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06E45E3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C6FE942C"/>
-    <w:lvl w:ilvl="0" w:tplc="EAB8281C">
+    <w:tmpl w:val="DA020F80"/>
+    <w:lvl w:ilvl="0" w:tplc="F6BE5AAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14BA96F6">
+    <w:lvl w:ilvl="1" w:tplc="2592C7FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CA3ABE5E">
+    <w:lvl w:ilvl="2" w:tplc="A5EA9566">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BB621EE4">
+    <w:lvl w:ilvl="3" w:tplc="CFE8B7BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7E8A1858">
+    <w:lvl w:ilvl="4" w:tplc="612094EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57B2CB84">
+    <w:lvl w:ilvl="5" w:tplc="51743CDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="03D0A224">
+    <w:lvl w:ilvl="6" w:tplc="6D143140">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C8D046D4">
+    <w:lvl w:ilvl="7" w:tplc="B972E946">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B96E1FBE">
+    <w:lvl w:ilvl="8" w:tplc="BBDC9A3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DF365DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98AA4B30"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2197,387 +2065,500 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EE5AFBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="692429CE"/>
-    <w:lvl w:ilvl="0" w:tplc="35C8911E">
+    <w:tmpl w:val="4C0CC8AE"/>
+    <w:lvl w:ilvl="0" w:tplc="4AA637A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D42AF242">
+    <w:lvl w:ilvl="1" w:tplc="88FA741E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85FEF0DE">
+    <w:lvl w:ilvl="2" w:tplc="24CC0E72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C78D1D4">
+    <w:lvl w:ilvl="3" w:tplc="87F685E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6AF81CD0">
+    <w:lvl w:ilvl="4" w:tplc="B4DE4412">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C52CCFF2">
+    <w:lvl w:ilvl="5" w:tplc="C1CA12C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3370C7CE">
+    <w:lvl w:ilvl="6" w:tplc="02DE7F74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C1EC23C4">
+    <w:lvl w:ilvl="7" w:tplc="15CA3800">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96A6F9EA">
+    <w:lvl w:ilvl="8" w:tplc="E4A05788">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32312E2A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6CCE360"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3417B66C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="92181F5E"/>
-    <w:lvl w:ilvl="0" w:tplc="B9163848">
+    <w:tmpl w:val="D1A672CC"/>
+    <w:lvl w:ilvl="0" w:tplc="6BD40FDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7528215A">
+    <w:lvl w:ilvl="1" w:tplc="9C4C904E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F19C8C04">
+    <w:lvl w:ilvl="2" w:tplc="6938FC36">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13C247A0">
+    <w:lvl w:ilvl="3" w:tplc="4ECEBC6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5AD64486">
+    <w:lvl w:ilvl="4" w:tplc="60E0F6B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21787524">
+    <w:lvl w:ilvl="5" w:tplc="05B0A782">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4AE486FE">
+    <w:lvl w:ilvl="6" w:tplc="D70A18C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="493295FA">
+    <w:lvl w:ilvl="7" w:tplc="C048448E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12AA779C">
+    <w:lvl w:ilvl="8" w:tplc="649ACB22">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A79B7BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="48CE8E04"/>
-    <w:lvl w:ilvl="0" w:tplc="93D600B8">
+    <w:tmpl w:val="6DD059E6"/>
+    <w:lvl w:ilvl="0" w:tplc="66984376">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13BA063C">
+    <w:lvl w:ilvl="1" w:tplc="526ED0D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A8844646">
+    <w:lvl w:ilvl="2" w:tplc="7880474A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71182384">
+    <w:lvl w:ilvl="3" w:tplc="6018F9A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D8A0F34C">
+    <w:lvl w:ilvl="4" w:tplc="E1260C8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3E1ADEC2">
+    <w:lvl w:ilvl="5" w:tplc="5BB224F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49BAB884">
+    <w:lvl w:ilvl="6" w:tplc="C79C6346">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3FDAF884">
+    <w:lvl w:ilvl="7" w:tplc="D0B434EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="804440A0">
+    <w:lvl w:ilvl="8" w:tplc="B1FCB944">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F167558"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EAC3364"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2646,51 +2627,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4322418A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04466562"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2759,51 +2740,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DEF071A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FA22144"/>
     <w:lvl w:ilvl="0" w:tplc="8D8A6C3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Overviewbullets"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2901,51 +2882,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63A03B51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97924D42"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3014,51 +2995,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63BD2686"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37984082"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3127,277 +3108,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6666A665"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4922F234"/>
-    <w:lvl w:ilvl="0" w:tplc="393E6C16">
+    <w:tmpl w:val="CB424974"/>
+    <w:lvl w:ilvl="0" w:tplc="4F18DA04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23468B02">
+    <w:lvl w:ilvl="1" w:tplc="78AAAB60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="596E2806">
+    <w:lvl w:ilvl="2" w:tplc="0C5A474A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D6FAB77E">
+    <w:lvl w:ilvl="3" w:tplc="623622DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E2046480">
+    <w:lvl w:ilvl="4" w:tplc="BFB61E8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="199CEA78">
+    <w:lvl w:ilvl="5" w:tplc="709C7ACA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81D66766">
+    <w:lvl w:ilvl="6" w:tplc="2F065502">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33DCFDF4">
+    <w:lvl w:ilvl="7" w:tplc="B74200D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="140A2EB2">
+    <w:lvl w:ilvl="8" w:tplc="674891C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69C87F83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4A90D30C"/>
-    <w:lvl w:ilvl="0" w:tplc="FA8455BC">
+    <w:tmpl w:val="CE82D684"/>
+    <w:lvl w:ilvl="0" w:tplc="01A8EED0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="925A0FBE">
+    <w:lvl w:ilvl="1" w:tplc="4E3846AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28E657A8">
+    <w:lvl w:ilvl="2" w:tplc="39D2820A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1D968634">
+    <w:lvl w:ilvl="3" w:tplc="264A45A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EB000A50">
+    <w:lvl w:ilvl="4" w:tplc="D33C1BCA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DD4C51BA">
+    <w:lvl w:ilvl="5" w:tplc="7C7893B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B10806AC">
+    <w:lvl w:ilvl="6" w:tplc="3A460E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6382F94E">
+    <w:lvl w:ilvl="7" w:tplc="984E5A54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F034B364">
+    <w:lvl w:ilvl="8" w:tplc="D4DA40CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ED0795D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53404532"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3466,164 +3447,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7315BAC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="112C1E14"/>
-    <w:lvl w:ilvl="0" w:tplc="4D589908">
+    <w:tmpl w:val="F9E2130E"/>
+    <w:lvl w:ilvl="0" w:tplc="51E2BEC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36EC78AA">
+    <w:lvl w:ilvl="1" w:tplc="872AB98A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6FA483D0">
+    <w:lvl w:ilvl="2" w:tplc="699E684A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2A80E9EA">
+    <w:lvl w:ilvl="3" w:tplc="4A169340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79FC4E34">
+    <w:lvl w:ilvl="4" w:tplc="6AF6C774">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A4BAF3BA">
+    <w:lvl w:ilvl="5" w:tplc="45868A7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="DCAA10C6">
+    <w:lvl w:ilvl="6" w:tplc="768C7A20">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BBBCA7B2">
+    <w:lvl w:ilvl="7" w:tplc="A9D6EBFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C62C258A">
+    <w:lvl w:ilvl="8" w:tplc="5A583B04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="766D7B05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FE6EC88"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3692,164 +3673,168 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="274560179">
+  <w:num w:numId="1" w16cid:durableId="1422144824">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="25759383">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="869147802">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1157571943">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1421370311">
-[...8 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1230312581">
+  <w:num w:numId="5" w16cid:durableId="1339884857">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2012948505">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="6" w16cid:durableId="1292706741">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1725250604">
+  <w:num w:numId="7" w16cid:durableId="5329260">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1128276534">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2014139333">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="350032418">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="902983960">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="367992649">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1863474515">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1504316692">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="909198130">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1937521372">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="909198130">
-[...2 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="1937521372">
+  <w:num w:numId="17" w16cid:durableId="753863213">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="753863213">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="18" w16cid:durableId="2064866034">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="248"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="103"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B37636"/>
     <w:rsid w:val="00000B31"/>
     <w:rsid w:val="00001D64"/>
     <w:rsid w:val="0000431C"/>
     <w:rsid w:val="00005D94"/>
     <w:rsid w:val="00013F7E"/>
     <w:rsid w:val="00015801"/>
     <w:rsid w:val="00070B6A"/>
     <w:rsid w:val="00080DC0"/>
     <w:rsid w:val="00091B39"/>
     <w:rsid w:val="000921ED"/>
     <w:rsid w:val="00097290"/>
     <w:rsid w:val="000B31B8"/>
     <w:rsid w:val="000F2D32"/>
     <w:rsid w:val="000F53CE"/>
     <w:rsid w:val="00102A0E"/>
     <w:rsid w:val="00111707"/>
     <w:rsid w:val="001350C5"/>
     <w:rsid w:val="001429D6"/>
     <w:rsid w:val="00153F93"/>
     <w:rsid w:val="00155217"/>
     <w:rsid w:val="00173A54"/>
     <w:rsid w:val="001777B2"/>
     <w:rsid w:val="0018737D"/>
     <w:rsid w:val="001B7429"/>
     <w:rsid w:val="001C7798"/>
     <w:rsid w:val="001D0496"/>
     <w:rsid w:val="001D25D8"/>
     <w:rsid w:val="001F2D0A"/>
     <w:rsid w:val="0023110D"/>
     <w:rsid w:val="002429E4"/>
     <w:rsid w:val="00244803"/>
+    <w:rsid w:val="002478E8"/>
     <w:rsid w:val="00247B2C"/>
     <w:rsid w:val="002543EC"/>
     <w:rsid w:val="00255F3B"/>
     <w:rsid w:val="00256DFB"/>
     <w:rsid w:val="00260BAD"/>
     <w:rsid w:val="00270048"/>
     <w:rsid w:val="002731E1"/>
     <w:rsid w:val="00285A9E"/>
     <w:rsid w:val="002921E5"/>
     <w:rsid w:val="00292A14"/>
     <w:rsid w:val="00294AD6"/>
     <w:rsid w:val="002970E5"/>
     <w:rsid w:val="002A5934"/>
+    <w:rsid w:val="002D123A"/>
     <w:rsid w:val="002E2933"/>
     <w:rsid w:val="00303049"/>
     <w:rsid w:val="003259DF"/>
     <w:rsid w:val="00350A78"/>
     <w:rsid w:val="00366D3B"/>
     <w:rsid w:val="00373BE4"/>
     <w:rsid w:val="00374B49"/>
     <w:rsid w:val="00384DF1"/>
     <w:rsid w:val="003A7116"/>
     <w:rsid w:val="003B05F6"/>
     <w:rsid w:val="003E1A69"/>
     <w:rsid w:val="003E218D"/>
     <w:rsid w:val="00400590"/>
     <w:rsid w:val="00403286"/>
     <w:rsid w:val="00410CE5"/>
     <w:rsid w:val="00417A9F"/>
     <w:rsid w:val="00420D32"/>
     <w:rsid w:val="00426CE3"/>
     <w:rsid w:val="0042B38C"/>
     <w:rsid w:val="004333D6"/>
     <w:rsid w:val="00446C06"/>
     <w:rsid w:val="004672D4"/>
     <w:rsid w:val="00472B7B"/>
     <w:rsid w:val="00474D1D"/>
     <w:rsid w:val="00477AEF"/>
@@ -3857,147 +3842,154 @@
     <w:rsid w:val="004A6452"/>
     <w:rsid w:val="004B5381"/>
     <w:rsid w:val="004B69B9"/>
     <w:rsid w:val="004C4551"/>
     <w:rsid w:val="004C48D2"/>
     <w:rsid w:val="004D726F"/>
     <w:rsid w:val="004E4288"/>
     <w:rsid w:val="00556529"/>
     <w:rsid w:val="00560B26"/>
     <w:rsid w:val="00566C83"/>
     <w:rsid w:val="005700D2"/>
     <w:rsid w:val="00574414"/>
     <w:rsid w:val="0058209A"/>
     <w:rsid w:val="0058368D"/>
     <w:rsid w:val="00593C8C"/>
     <w:rsid w:val="00595C07"/>
     <w:rsid w:val="005B2475"/>
     <w:rsid w:val="005B40B9"/>
     <w:rsid w:val="005B6684"/>
     <w:rsid w:val="005C1A73"/>
     <w:rsid w:val="005C5E86"/>
     <w:rsid w:val="005E2749"/>
     <w:rsid w:val="005E555F"/>
     <w:rsid w:val="0060233F"/>
     <w:rsid w:val="00606A73"/>
+    <w:rsid w:val="00636B95"/>
     <w:rsid w:val="00651FDD"/>
     <w:rsid w:val="0066008B"/>
+    <w:rsid w:val="00684998"/>
     <w:rsid w:val="006857B6"/>
     <w:rsid w:val="00687CBB"/>
     <w:rsid w:val="006A17A4"/>
     <w:rsid w:val="006C2E04"/>
     <w:rsid w:val="006C380A"/>
     <w:rsid w:val="006D293C"/>
     <w:rsid w:val="007031A6"/>
     <w:rsid w:val="00724BAB"/>
     <w:rsid w:val="00743761"/>
+    <w:rsid w:val="0074394F"/>
     <w:rsid w:val="00765D4B"/>
     <w:rsid w:val="007A357C"/>
     <w:rsid w:val="007A6DD2"/>
     <w:rsid w:val="007C487A"/>
     <w:rsid w:val="007D377C"/>
     <w:rsid w:val="007E0BE6"/>
     <w:rsid w:val="007E1B05"/>
     <w:rsid w:val="007F6BBF"/>
     <w:rsid w:val="00814AA0"/>
     <w:rsid w:val="008164C2"/>
     <w:rsid w:val="00844D8D"/>
     <w:rsid w:val="00850227"/>
     <w:rsid w:val="0085186F"/>
     <w:rsid w:val="008521DE"/>
     <w:rsid w:val="00852A23"/>
     <w:rsid w:val="00856043"/>
     <w:rsid w:val="00863340"/>
     <w:rsid w:val="00880C27"/>
     <w:rsid w:val="00895FDB"/>
     <w:rsid w:val="0089669A"/>
     <w:rsid w:val="00896BD9"/>
     <w:rsid w:val="008A2AAC"/>
     <w:rsid w:val="008A5E86"/>
     <w:rsid w:val="008C6364"/>
     <w:rsid w:val="008F526A"/>
     <w:rsid w:val="00910AE4"/>
     <w:rsid w:val="00922D09"/>
     <w:rsid w:val="00930428"/>
     <w:rsid w:val="00951A19"/>
     <w:rsid w:val="0096094E"/>
     <w:rsid w:val="00963578"/>
     <w:rsid w:val="009A13F6"/>
     <w:rsid w:val="009A4C62"/>
     <w:rsid w:val="009B451D"/>
     <w:rsid w:val="009B62E7"/>
     <w:rsid w:val="009C6E2B"/>
-    <w:rsid w:val="009D6E85"/>
     <w:rsid w:val="009E0CEF"/>
     <w:rsid w:val="009E413D"/>
     <w:rsid w:val="009F2536"/>
     <w:rsid w:val="00A029F0"/>
     <w:rsid w:val="00A05F87"/>
     <w:rsid w:val="00A255DE"/>
     <w:rsid w:val="00A35F74"/>
     <w:rsid w:val="00A55ADA"/>
     <w:rsid w:val="00A67B43"/>
     <w:rsid w:val="00A77A71"/>
     <w:rsid w:val="00A81805"/>
     <w:rsid w:val="00A8380D"/>
     <w:rsid w:val="00AA1594"/>
     <w:rsid w:val="00AD421D"/>
     <w:rsid w:val="00AE6D84"/>
+    <w:rsid w:val="00AF1A92"/>
     <w:rsid w:val="00AF4A38"/>
     <w:rsid w:val="00B07F33"/>
     <w:rsid w:val="00B30936"/>
     <w:rsid w:val="00B37636"/>
     <w:rsid w:val="00B60AF9"/>
     <w:rsid w:val="00B75E0C"/>
     <w:rsid w:val="00B80B65"/>
     <w:rsid w:val="00B85975"/>
     <w:rsid w:val="00B92C97"/>
     <w:rsid w:val="00B97487"/>
+    <w:rsid w:val="00BA1258"/>
     <w:rsid w:val="00BE6C9D"/>
     <w:rsid w:val="00C04BB6"/>
     <w:rsid w:val="00C20A95"/>
     <w:rsid w:val="00C3290F"/>
     <w:rsid w:val="00C46F0C"/>
     <w:rsid w:val="00C67894"/>
     <w:rsid w:val="00C84516"/>
-    <w:rsid w:val="00CD3067"/>
+    <w:rsid w:val="00C95B54"/>
+    <w:rsid w:val="00CA56BE"/>
     <w:rsid w:val="00CE2C22"/>
     <w:rsid w:val="00CF07E8"/>
     <w:rsid w:val="00D20F2D"/>
+    <w:rsid w:val="00D327A3"/>
     <w:rsid w:val="00D443E6"/>
     <w:rsid w:val="00D60BF2"/>
     <w:rsid w:val="00D72D17"/>
     <w:rsid w:val="00D76BA5"/>
     <w:rsid w:val="00D84354"/>
     <w:rsid w:val="00DA3371"/>
     <w:rsid w:val="00DC20AF"/>
     <w:rsid w:val="00E03205"/>
     <w:rsid w:val="00E104F9"/>
     <w:rsid w:val="00E1248D"/>
     <w:rsid w:val="00E15541"/>
     <w:rsid w:val="00E23A25"/>
     <w:rsid w:val="00E466B3"/>
+    <w:rsid w:val="00E469B4"/>
     <w:rsid w:val="00E53A8E"/>
     <w:rsid w:val="00E572C5"/>
     <w:rsid w:val="00E62D6C"/>
     <w:rsid w:val="00E744F5"/>
     <w:rsid w:val="00EA2B05"/>
     <w:rsid w:val="00EA36FE"/>
     <w:rsid w:val="00ED1392"/>
     <w:rsid w:val="00EE3F54"/>
     <w:rsid w:val="00EF30FE"/>
     <w:rsid w:val="00F20C56"/>
     <w:rsid w:val="00F213AC"/>
     <w:rsid w:val="00F466A4"/>
     <w:rsid w:val="00F64682"/>
     <w:rsid w:val="00F73FFA"/>
     <w:rsid w:val="00F76D85"/>
     <w:rsid w:val="00F838F9"/>
     <w:rsid w:val="00F87F4D"/>
     <w:rsid w:val="00F94EF2"/>
     <w:rsid w:val="00F9534E"/>
     <w:rsid w:val="00FC3911"/>
     <w:rsid w:val="00FE6511"/>
     <w:rsid w:val="0128B9C3"/>
     <w:rsid w:val="01389B25"/>
     <w:rsid w:val="01E29F65"/>
     <w:rsid w:val="028771D8"/>
@@ -5104,50 +5096,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000289F85E7240CC449C570BF018C433C2" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c86ee092745c276b953c8f202bfb43ff">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb" xmlns:ns3="7295e6a8-4477-400a-b60b-f9df38b94616" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dbb73a3b27f3820eab06d3786eb4f3ee" ns2:_="" ns3:_="">
     <xsd:import namespace="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb"/>
     <xsd:import namespace="7295e6a8-4477-400a-b60b-f9df38b94616"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -5358,135 +5359,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="7295e6a8-4477-400a-b60b-f9df38b94616" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5A34AF5-989C-472D-A6A4-C50745DF0488}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01ED0C71-0F72-49AE-A727-C2426C1F83E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb"/>
     <ds:schemaRef ds:uri="7295e6a8-4477-400a-b60b-f9df38b94616"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E3A8864-7C8E-4EF1-902D-52BCFD4C6E97}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E790F27-ECA7-4E8A-9829-3E9CA7EB7117}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7295e6a8-4477-400a-b60b-f9df38b94616"/>
     <ds:schemaRef ds:uri="47a3728c-ccfa-4b48-b63e-7e1fb2eb30fb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E3A8864-7C8E-4EF1-902D-52BCFD4C6E97}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>380</Words>
-  <Characters>2157</Characters>
+  <Words>347</Words>
+  <Characters>1923</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>57</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2480</CharactersWithSpaces>
+  <CharactersWithSpaces>2242</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Denise Ingledue-Lopez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000289F85E7240CC449C570BF018C433C2</vt:lpwstr>