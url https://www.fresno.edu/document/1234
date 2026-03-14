--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,312 +1,462 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+    <w:p w14:paraId="00000001" w14:textId="15B4DE60" w:rsidR="00E61671" w:rsidRDefault="00245D17">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Mary Smith</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+        <w:t>First and Last Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000002" w14:textId="2356063E" w:rsidR="00E61671" w:rsidRDefault="00622FC9" w:rsidP="143ACFAB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002866B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00245D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002866B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002866B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="002866B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professional Email </w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>| linkedin.com/in/</w:t>
+      </w:r>
+      <w:r w:rsidR="00245D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="00245D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00245D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00E61671" w:rsidRPr="00622FC9" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000006" w14:textId="0A62F415" w:rsidR="00E61671" w:rsidRDefault="007423DD">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
-        <w:t>(559) 123-4567 | mssmith@gmail.com | linkedin.com/in/marysmith | Fresno, CA</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00E61671" w:rsidRPr="00622FC9" w:rsidRDefault="00E61671">
+        <w:t>Month &amp; Day</w:t>
+      </w:r>
+      <w:r w:rsidR="00622FC9" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>Year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000008" w14:textId="659B28F5" w:rsidR="00E61671" w:rsidRDefault="000E5BAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="00000006" w14:textId="534455BC" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>Hiring Manager’s Name</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r w:rsidR="0035230F">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00622FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>, [Job Title]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
-        <w:t>December 5, 202</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+        <w:t>[Company/Institution Name]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>[Address]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
-        <w:t>Ms. Maria Lopez, [Job Title]</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+        <w:t>[City, State, Zip]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000000E" w14:textId="3413134E" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
-        <w:t>[Company/Institution Name]</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+        <w:t xml:space="preserve">Dear </w:t>
+      </w:r>
+      <w:r w:rsidR="0035230F">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>[Hiring Manager/Name of Hiring Manager],</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000010" w14:textId="6B249777" w:rsidR="00E61671" w:rsidRDefault="00622FC9" w:rsidP="143ACFAB">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This letter is to share my interest in the [job title] with [Company/Institution Name] as [posted/announced] on [where you heard of the position]. I am a [degree program] major at Fresno Pacific University graduating in [anticipated graduation month/year] and am passionate about [what are you passionate about as it relates to the position]. I share [Company/Institution Name] vision of [what is their vision]. As a [job title] for [Company/Institution Name], I [what you did in relation to the vision], which [how this aligns with their vision]. I feel this shared vision makes me a great fit for [Company/Institution Name].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
-        <w:t>[Address]</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>My coursework has equipped me with the knowledge of [what classes have you taken/learned]. Additionally, as a [job title] for [Company/Institution Name], I have [job description/transferable skills as it relates to the position].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
-        <w:t>[City, State, Zip]</w:t>
-[...98 lines deleted...]
-        </w:rPr>
         <w:t>OR (stronger if you have more relevant experience)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+    <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9" w:rsidP="143ACFAB">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I understand you are seeking a person with [list qualifications from job description that you possess] to fill this position. As a [job title] for [Company/Institution Name], I have [job description/transferable skills as it relates to the position]. Here are a few of my accomplishments while in that role:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -337,190 +487,334 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
         <w:t>Accomplishment 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001B" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000001C" w14:textId="15AAD408" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+    <w:p w14:paraId="0000001C" w14:textId="41DFB436" w:rsidR="00E61671" w:rsidRDefault="00622FC9" w:rsidP="143ACFAB">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="0962D4CB" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would be honored to work with [Company Name].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1472EBB3" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please feel free to contact me i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f you have any questions or would like to schedule a time to discuss my qualifications. </w:t>
+      </w:r>
+      <w:r w:rsidR="3BC74C9C" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If given the opportunity to interview, I would be happy to share how my </w:t>
+      </w:r>
+      <w:r w:rsidR="6AE1CF39" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="3BC74C9C" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accomplishment</w:t>
+      </w:r>
+      <w:r w:rsidR="01026EFC" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s/skills]</w:t>
+      </w:r>
+      <w:r w:rsidR="3BC74C9C" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can contribute to the overall success of your [company/organization]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thank you in advance for your </w:t>
+      </w:r>
+      <w:r w:rsidR="1361B741" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">time and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consideration</w:t>
+      </w:r>
+      <w:r w:rsidR="4BDF6C60" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
-        <w:t>Attached [are my application materials/resume]. I welcome the opportunity to meet with you to further discuss my qualifications. Feel free to contact me at [phone] or [email] if you have any questions or would like to schedule a time to discuss my qualifications. Thank you in advance for your consideration.</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+        <w:t>Sincerely,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000021" w14:textId="77075CE5" w:rsidR="00E61671" w:rsidRDefault="00622FC9">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Handwritten </w:t>
+      </w:r>
+      <w:r w:rsidR="07A6569D" w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or Electronic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="143ACFAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>Signature]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="00E61671" w:rsidRDefault="00E61671">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000024" w14:textId="352C13BC" w:rsidR="00E61671" w:rsidRPr="00622FC9" w:rsidRDefault="0035230F" w:rsidP="00622FC9">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
         </w:rPr>
-        <w:t>Sincerely,</w:t>
-[...43 lines deleted...]
-        <w:t>Mary Smith</w:t>
+        <w:t>[First &amp; Last Name Typed]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E61671" w:rsidRPr="00622FC9" w:rsidSect="00622FC9">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1152" w:bottom="360" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="Madeleine Saephan" w:date="2026-01-26T15:54:00Z" w:initials="MS">
+    <w:p w14:paraId="26E3515C" w14:textId="77777777" w:rsidR="0035230F" w:rsidRDefault="0035230F" w:rsidP="0035230F">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>If Hiring Manager’s name is unknown, you may write, “Hiring Manager, Job Title.”</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="26E3515C" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="42675179" w16cex:dateUtc="2026-01-26T23:54:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="26E3515C" w16cid:durableId="42675179"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D336084"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C87610D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -596,102 +890,138 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="984161936">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Madeleine Saephan">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Madeleine.Saephan@fresno.edu::ea5000d7-8282-42bc-a48c-304f69f448dc"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E61671"/>
     <w:rsid w:val="000D4493"/>
+    <w:rsid w:val="000E5BAC"/>
+    <w:rsid w:val="00245D17"/>
+    <w:rsid w:val="002866B2"/>
+    <w:rsid w:val="002C7B8E"/>
+    <w:rsid w:val="002F0F10"/>
+    <w:rsid w:val="00335874"/>
+    <w:rsid w:val="0035230F"/>
+    <w:rsid w:val="003D2D9D"/>
+    <w:rsid w:val="00462DF3"/>
+    <w:rsid w:val="004C762B"/>
     <w:rsid w:val="00622FC9"/>
+    <w:rsid w:val="007423DD"/>
     <w:rsid w:val="009636FE"/>
+    <w:rsid w:val="00B30965"/>
     <w:rsid w:val="00D275C6"/>
+    <w:rsid w:val="00E5497D"/>
     <w:rsid w:val="00E61671"/>
+    <w:rsid w:val="01026EFC"/>
+    <w:rsid w:val="01781D49"/>
+    <w:rsid w:val="07A6569D"/>
+    <w:rsid w:val="0962D4CB"/>
+    <w:rsid w:val="1098B03B"/>
+    <w:rsid w:val="1361B741"/>
+    <w:rsid w:val="143ACFAB"/>
+    <w:rsid w:val="1472EBB3"/>
+    <w:rsid w:val="1577B471"/>
+    <w:rsid w:val="24D985ED"/>
+    <w:rsid w:val="27A3BC16"/>
+    <w:rsid w:val="2EB7D298"/>
+    <w:rsid w:val="33129F8C"/>
+    <w:rsid w:val="3BC74C9C"/>
+    <w:rsid w:val="4BDF6C60"/>
+    <w:rsid w:val="6AE1CF39"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="560B72D1"/>
   <w15:docId w15:val="{8D9F3078-04A8-458E-960D-C506202C0EC1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1218,59 +1548,125 @@
       <w:keepLines/>
       <w:spacing w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0035230F"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0035230F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0035230F"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0035230F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0035230F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1554,50 +1950,50 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>274</Words>
-  <Characters>1568</Characters>
+  <Words>308</Words>
+  <Characters>1689</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1839</CharactersWithSpaces>
+  <CharactersWithSpaces>1975</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Corrie S. Hawes</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>